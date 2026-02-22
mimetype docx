--- v0 (2025-11-06)
+++ v1 (2026-02-22)
@@ -24,51 +24,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00D5563F" w:rsidRDefault="00391E7F" w:rsidP="00391E7F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63ACB7BF" wp14:editId="22480C3E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63ACB7BF" wp14:editId="11A08D52">
             <wp:extent cx="5554345" cy="8863330"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Black Building Architecture Book Cover (1).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -1205,112 +1205,107 @@
     </w:p>
     <w:p w14:paraId="700D08AD" w14:textId="77777777" w:rsidR="009B2079" w:rsidRPr="00FC716E" w:rsidRDefault="00881E3D" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Community and Sporting Grants P</w:t>
       </w:r>
       <w:r w:rsidR="009B2079" w:rsidRPr="00FC716E">
         <w:t>rogram</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7A9F1C" w14:textId="77777777" w:rsidR="00FC716E" w:rsidRDefault="0025717C" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc527705296"/>
       <w:bookmarkStart w:id="1" w:name="_Toc61422942"/>
       <w:r>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="67CA87AA" w14:textId="77777777" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="00F36A82" w:rsidP="00F36A82">
+    <w:p w14:paraId="67CA87AA" w14:textId="0DC766D8" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="00F36A82" w:rsidP="00F36A82">
       <w:r w:rsidRPr="00F36A82">
         <w:t>The Shire of Exmouth’s Community and Sporting Grants Program (CSGP) offers grants of up to $1,500</w:t>
       </w:r>
       <w:r w:rsidR="009144F1">
         <w:t xml:space="preserve"> ex GST</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve"> to eligible local organisations to support small-scale initiatives that take place from </w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t>October</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="007109AE">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00341810">
-        <w:t>4</w:t>
+      <w:r w:rsidR="007D6C45">
+        <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve"> to 30 June 20</w:t>
+        <w:t>to 30 June 20</w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00341810">
-        <w:t>5</w:t>
+      <w:r w:rsidR="007D6C45">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E002AD0" w14:textId="77777777" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="00F36A82">
+    <w:p w14:paraId="2E002AD0" w14:textId="3AA91403" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="00F36A82">
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">There will be two rounds of funding applications each year with the following timelines for </w:t>
-[...3 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>There will be two rounds of funding applications each year with the following timelines for 20</w:t>
       </w:r>
       <w:r w:rsidR="002E6CB3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00341810">
-        <w:t>4</w:t>
+      <w:r w:rsidR="007D6C45">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00341810">
-        <w:t>5</w:t>
+      <w:r w:rsidR="007D6C45">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4957CDAC" w14:textId="7C588083" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="006E3B83">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Round 1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Opens </w:t>
       </w:r>
       <w:r w:rsidR="5D80D6C1">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0043091A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00341810">
         <w:t>September 202</w:t>
       </w:r>
       <w:r w:rsidR="62831EDC">
         <w:t>5</w:t>
       </w:r>
     </w:p>
@@ -1328,98 +1323,101 @@
       <w:r w:rsidR="06106B0A">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t xml:space="preserve"> September</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="002E6CB3">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="76FB6F06">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="0043091A" w:rsidRDefault="0043091A" w:rsidP="006E3B83">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10052359" w14:textId="1D5D58CB" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="006E3B83">
+    <w:p w14:paraId="10052359" w14:textId="1778447C" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="006E3B83">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Round </w:t>
       </w:r>
       <w:r w:rsidR="00F36A82">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Opens </w:t>
       </w:r>
-      <w:r w:rsidR="00341810">
-        <w:t>3</w:t>
+      <w:r w:rsidR="00491229">
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> February 20</w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="031A1D4A">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6878CA32" w14:textId="5DEE83ED" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="00F36A82" w:rsidP="006E3B83">
+    <w:p w14:paraId="6878CA32" w14:textId="54777613" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="00F36A82" w:rsidP="006E3B83">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0060084F">
         <w:t xml:space="preserve">Closes </w:t>
       </w:r>
       <w:r w:rsidR="00341810">
         <w:t>2</w:t>
       </w:r>
+      <w:r w:rsidR="009952E1">
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidR="6D65FD36">
-        <w:t xml:space="preserve">8 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B03AC9">
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="0060084F">
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="0025701F">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="48AD037B">
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207CCF61" w14:textId="77777777" w:rsidR="0060084F" w:rsidRDefault="00F36A82" w:rsidP="006E3B83">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
@@ -1492,404 +1490,326 @@
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve">Grants can be </w:t>
       </w:r>
       <w:r>
         <w:t>applied for to cover</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve"> most aspects of an activity, </w:t>
       </w:r>
       <w:r w:rsidR="00EC54AD">
         <w:t>such as</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5B8990" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="001348BB" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t>Programming costs, including fees for presenters, instructors and performers (including travel costs</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Programming costs, including fees for presenters, instructors and performers (including travel costs);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5086CAB2" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="001348BB" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Shire fees and charges for non-core </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Shire fees and charges for non-core activities;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1A2D1AF7" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="001348BB" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Production and venue costs, including materials and equipment </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Production and venue costs, including materials and equipment hire;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0849CD06" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="001348BB" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Marketing costs associated with promoting the funded </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Marketing costs associated with promoting the funded activity;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="04D19533" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="00D8798D" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t>Non-core</w:t>
       </w:r>
       <w:r w:rsidR="001348BB" w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve"> equipment purchases that improve </w:t>
-[...3 lines deleted...]
-        <w:t>sustainability</w:t>
+        <w:t xml:space="preserve"> equipment purchases that improve sustainability</w:t>
       </w:r>
       <w:r w:rsidR="009144F1">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4BF30F16" w14:textId="77777777" w:rsidR="001348BB" w:rsidRPr="00F36A82" w:rsidRDefault="001348BB" w:rsidP="001348BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Individuals to attend sporting conferences or </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Individuals to attend sporting conferences or training;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="156A86AF" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRDefault="001348BB" w:rsidP="00F36A82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Purchase of materials </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> deliver the </w:t>
+        <w:t xml:space="preserve">Purchase of materials in order to deliver the </w:t>
       </w:r>
       <w:r w:rsidR="00D8798D" w:rsidRPr="00F36A82">
         <w:t>non-core</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve"> activity and improve sustainability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696669A0" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00DB70EB" w:rsidRDefault="006E3B83" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc527705298"/>
       <w:bookmarkStart w:id="5" w:name="_Toc61422944"/>
       <w:r w:rsidRPr="00DB70EB">
         <w:t>Ineligible Applications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="5BE97135" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:r w:rsidRPr="00F36A82">
         <w:t>The Shire will not fund the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1324D7EA" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Retrospective or deficit </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Retrospective or deficit funding;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1C200269" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Recurrent expenditure such as salaries, wages, electricity, insurance, water, rates and other core organisational operating </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Recurrent expenditure such as salaries, wages, electricity, insurance, water, rates and other core organisational operating costs;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0B4B0873" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Fees associated with administering the grant </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Fees associated with administering the grant funding;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3BA4954C" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">Equipment purchases for core </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Equipment purchases for core activities;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2DE9C15B" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00F36A82" w:rsidRDefault="009144F1" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Annual r</w:t>
       </w:r>
       <w:r w:rsidR="006E3B83" w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">egistration days, fundraising projects, prizes and </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>egistration days, fundraising projects, prizes and trophies;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="197CC58E" w14:textId="77777777" w:rsidR="006E3B83" w:rsidRPr="00697B2F" w:rsidRDefault="006E3B83" w:rsidP="006E3B83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t>Government or quasi-government agencies excluding local schools.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA27D2A" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00F36A82" w:rsidRDefault="00697B2F" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc527705299"/>
       <w:bookmarkStart w:id="7" w:name="_Toc61422945"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Assessment criteria</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="6F92B4A5" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00F36A82" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">To be eligible for assessment, applications must support community capacity building and encourage sustainability by achieving at least one of the following </w:t>
-[...3 lines deleted...]
-        <w:t>outcomes</w:t>
+        <w:t>To be eligible for assessment, applications must support community capacity building and encourage sustainability by achieving at least one of the following outcomes</w:t>
       </w:r>
       <w:r w:rsidR="00E70427">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="66FA5E77" w14:textId="77777777" w:rsidR="009144F1" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t>Increasing community engagement and participation in local events</w:t>
       </w:r>
       <w:r w:rsidR="009144F1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A2FDE7" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00F36A82" w:rsidRDefault="009144F1" w:rsidP="00DE646C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Increase participation in sport, recreation and </w:t>
       </w:r>
       <w:r w:rsidR="00697B2F" w:rsidRPr="00F36A82">
         <w:t xml:space="preserve">community </w:t>
       </w:r>
       <w:r w:rsidR="00DE646C">
         <w:t>programs/projects</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00697B2F" w:rsidRPr="00F36A82">
         <w:t>, in particular</w:t>
       </w:r>
       <w:r w:rsidR="00DE646C">
-        <w:t>, seeking</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> to assist low participation groups.</w:t>
+        <w:t>, seeking to assist low participation groups.</w:t>
       </w:r>
       <w:r w:rsidR="009E459B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00697B2F" w:rsidRPr="00F36A82">
         <w:t>Improving the health and well</w:t>
       </w:r>
       <w:r w:rsidR="00E70427">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00697B2F" w:rsidRPr="00F36A82">
         <w:t>being of local communities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C736E7" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00DB70EB" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t>Helping communities shape, understand and celebrate their identity, history and heritage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5939D0B7" w14:textId="77777777" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="00F36A82">
       <w:r w:rsidRPr="00F36A82">
         <w:t xml:space="preserve">Applications for CSGP Funding will be assessed by a panel consisting of Chief Executive Officer (or delegated </w:t>
       </w:r>
       <w:r w:rsidR="00DB70EB">
         <w:t>representative</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36A82">
-        <w:t xml:space="preserve">) plus two Shire Councillors. The panel will assess applications in each round against the following </w:t>
-[...3 lines deleted...]
-        <w:t>criteria</w:t>
+        <w:t>) plus two Shire Councillors. The panel will assess applications in each round against the following criteria</w:t>
       </w:r>
       <w:r w:rsidR="00E70427">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="115F4BE6" w14:textId="77777777" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="00DB70EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36A82">
         <w:t>The application addresses at least one priority</w:t>
       </w:r>
       <w:r w:rsidR="00DB70EB">
         <w:t xml:space="preserve"> outcome (see </w:t>
       </w:r>
       <w:r w:rsidR="001348BB">
         <w:t>above</w:t>
       </w:r>
       <w:r w:rsidR="00DB70EB">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0D47B9" w14:textId="77777777" w:rsidR="0060084F" w:rsidRPr="00F36A82" w:rsidRDefault="0060084F" w:rsidP="00DB70EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1940,57 +1860,52 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc527705300"/>
       <w:bookmarkStart w:id="9" w:name="_Toc61422946"/>
       <w:r w:rsidRPr="00DB70EB">
         <w:t>Conditions of funding</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="5A8BFEF6" w14:textId="77777777" w:rsidR="00DB70EB" w:rsidRPr="00DB70EB" w:rsidRDefault="00DB70EB" w:rsidP="00DB70EB">
       <w:r w:rsidRPr="00DB70EB">
         <w:t xml:space="preserve">Successful applicants will be required to sign a </w:t>
       </w:r>
       <w:r>
         <w:t>funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB70EB">
         <w:t xml:space="preserve"> agreement with the Shire outlining conditions of </w:t>
       </w:r>
       <w:r>
         <w:t>funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB70EB">
-        <w:t xml:space="preserve"> that may include but are not limited </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> that may include but are not limited to;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2BC40123" w14:textId="77777777" w:rsidR="00E70427" w:rsidRDefault="00E70427" w:rsidP="00E70427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Recognition of the Shire as an event sponsor/partner in all publicity material associated with the event, e.g. social media, print and digital advertising, posters and other marketing material</w:t>
       </w:r>
       <w:r w:rsidR="007037AA">
         <w:t>, and opportunity to preview/proof the items/documents prior to distribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683F93F0" w14:textId="77777777" w:rsidR="00E70427" w:rsidRDefault="00E70427" w:rsidP="00E70427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -2716,114 +2631,114 @@
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="00562437" w14:paraId="116A1C44" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2253DE6F" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00562437" w:rsidP="00697B2F">
             <w:bookmarkStart w:id="17" w:name="_Hlk15385280"/>
             <w:r>
               <w:t xml:space="preserve">I have read the </w:t>
             </w:r>
             <w:r w:rsidR="00697B2F">
               <w:t>CSGP</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> funding guidelines</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C" w:rsidP="00697B2F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="002344A4" w:rsidRDefault="00171CD5">
+          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="002344A4" w:rsidRDefault="009952E1">
             <w:r>
               <w:pict w14:anchorId="28DB2AAE">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="135E6B56">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562437" w14:paraId="2CE5FB38" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F7AA4EC" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00562437">
             <w:r>
               <w:t>My organisation is eligible to apply for this funding</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00171CD5" w:rsidP="002344A4">
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="009952E1" w:rsidP="002344A4">
             <w:r>
               <w:pict w14:anchorId="59C8E063">
-                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="0A550DEF">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562437" w14:paraId="32835BCE" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49A820FE" w14:textId="77777777" w:rsidR="00F22CFE" w:rsidRDefault="00562437">
             <w:r>
               <w:t>Does your organisation have an Australian Business Number?</w:t>
             </w:r>
             <w:r w:rsidR="00F22CFE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00F22CFE" w:rsidRDefault="00F22CFE" w:rsidP="00972F08">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2878,135 +2793,135 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7E7C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7E7C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7E7C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00171CD5" w:rsidP="002344A4">
+          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="009952E1" w:rsidP="002344A4">
             <w:r>
               <w:pict w14:anchorId="323FAC8F">
-                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="4FCBC762">
-                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562437" w14:paraId="2B866B95" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25C56894" w14:textId="77777777" w:rsidR="009144F1" w:rsidRDefault="00562437">
             <w:r>
               <w:t xml:space="preserve">Is your organisation registered for </w:t>
             </w:r>
             <w:r w:rsidR="00AF7E7C">
               <w:t>GST?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00171CD5" w:rsidP="002344A4">
+          <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="009952E1" w:rsidP="002344A4">
             <w:r>
               <w:pict w14:anchorId="69CEB789">
-                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="3A6400F3">
-                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562437" w14:paraId="3EED18A0" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DA962E2" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00562437">
             <w:r>
               <w:t xml:space="preserve">Has your organisation been granted deductible recipient </w:t>
             </w:r>
             <w:r w:rsidR="00AF7E7C">
               <w:t>status?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00171CD5" w:rsidP="002344A4">
+          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="009952E1" w:rsidP="002344A4">
             <w:r>
               <w:pict w14:anchorId="6D7067E4">
-                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="0C4E7DAF">
-                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002344A4" w14:paraId="0670B936" w14:textId="77777777" w:rsidTr="002344A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E3CD22E" w14:textId="77777777" w:rsidR="002344A4" w:rsidRDefault="002344A4">
             <w:r>
               <w:t xml:space="preserve">What is the registered address of your bank account? </w:t>
             </w:r>
             <w:r w:rsidR="00532316">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -3057,61 +2972,61 @@
       </w:tr>
       <w:tr w:rsidR="00562437" w14:paraId="7977D49E" w14:textId="77777777" w:rsidTr="00532316">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0783EB89" w14:textId="77777777" w:rsidR="00972F08" w:rsidRDefault="00562437" w:rsidP="00562437">
             <w:r>
               <w:t xml:space="preserve">Are you an employee or contractor working for the Shire of Exmouth or a close relative? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15AA7EE8" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00562437" w:rsidP="00562437">
             <w:r w:rsidRPr="00562437">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*If yes, we will contact you to determine any potential conflict of interest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="00171CD5" w:rsidP="002344A4">
+          <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00562437" w:rsidRDefault="009952E1" w:rsidP="002344A4">
             <w:r>
               <w:pict w14:anchorId="2F79C8D0">
-                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="6E19A8E7">
-                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="17"/>
     </w:tbl>
     <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="0025717C" w:rsidRDefault="0025717C"/>
     <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="0025717C" w:rsidRDefault="0025717C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA6B2D0" w14:textId="77777777" w:rsidR="0025717C" w:rsidRDefault="0025717C" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc527705303"/>
       <w:bookmarkStart w:id="19" w:name="_Toc61422949"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section 2: </w:t>
       </w:r>
@@ -3546,183 +3461,178 @@
               <w:t xml:space="preserve">Which outcome(s) will your </w:t>
             </w:r>
             <w:r w:rsidR="00F22CFE">
               <w:t>projec</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">t achieve? (Tick </w:t>
             </w:r>
             <w:r w:rsidR="00F22CFE">
               <w:t>applicable</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00697B2F" w14:paraId="12B09C6D" w14:textId="77777777" w:rsidTr="00697B2F">
         <w:trPr>
           <w:trHeight w:val="625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00171CD5" w:rsidP="00532316">
+          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="009952E1" w:rsidP="00532316">
             <w:r>
               <w:pict w14:anchorId="66F197E9">
-                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:24pt;height:18pt">
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:24pt;height:18.75pt">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8454" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1DA41BF2" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00697B2F">
               <w:t>Increasing community engagement and participation in local events</w:t>
             </w:r>
             <w:r w:rsidR="00E05C89">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E05C89" w14:paraId="4E1F9CCC" w14:textId="77777777" w:rsidTr="00697B2F">
         <w:trPr>
           <w:trHeight w:val="625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="00E05C89" w:rsidRDefault="00171CD5" w:rsidP="00E05C89">
+          <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="00E05C89" w:rsidRDefault="009952E1" w:rsidP="00E05C89">
             <w:r>
               <w:pict w14:anchorId="56525C91">
-                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:24pt;height:18pt">
+                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:24pt;height:18.75pt">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
           <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00E05C89" w:rsidRDefault="00E05C89" w:rsidP="00E05C89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8454" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="07B82642" w14:textId="77777777" w:rsidR="00E05C89" w:rsidRPr="00697B2F" w:rsidRDefault="00DE646C" w:rsidP="00697B2F">
             <w:pPr>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Increase participation in sport, recreation and </w:t>
             </w:r>
             <w:r w:rsidRPr="00F36A82">
               <w:t xml:space="preserve">community </w:t>
             </w:r>
             <w:r>
               <w:t>programs/projects</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F36A82">
               <w:t>, in particular</w:t>
             </w:r>
             <w:r>
-              <w:t>, seeking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> to assist low participation groups.</w:t>
+              <w:t>, seeking to assist low participation groups.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00697B2F" w14:paraId="6F37BD00" w14:textId="77777777" w:rsidTr="00697B2F">
         <w:trPr>
           <w:trHeight w:val="625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00171CD5" w:rsidP="00FE7B73">
+          <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="009952E1" w:rsidP="00FE7B73">
             <w:r>
               <w:pict w14:anchorId="20BCA11D">
-                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:24pt;height:18pt">
+                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:24pt;height:18.75pt">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8454" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3D267F2E" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00697B2F" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00697B2F">
               <w:t>Improving the health and well</w:t>
             </w:r>
             <w:r w:rsidR="00E70427">
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00697B2F">
               <w:t>being of local communities.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00697B2F" w:rsidP="00FE7B73"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00697B2F" w14:paraId="2449E78D" w14:textId="77777777" w:rsidTr="00697B2F">
         <w:trPr>
           <w:trHeight w:val="625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00171CD5" w:rsidP="00FE7B73">
+          <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="009952E1" w:rsidP="00FE7B73">
             <w:r>
               <w:pict w14:anchorId="6416A047">
-                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:24pt;height:18pt">
+                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:24pt;height:18.75pt">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8454" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7BFD7072" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRPr="00697B2F" w:rsidRDefault="00697B2F" w:rsidP="00697B2F">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00697B2F">
               <w:t>Helping communities shape, understand and celebrate their identity, history and heritage.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00697B2F" w:rsidRDefault="00697B2F" w:rsidP="00FE7B73"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE3724" w14:paraId="08082945" w14:textId="77777777" w:rsidTr="0060084F">
         <w:tc>
@@ -3928,61 +3838,61 @@
           <w:p w14:paraId="2127B64A" w14:textId="77777777" w:rsidR="000729AF" w:rsidRDefault="000729AF" w:rsidP="00FE7B73">
             <w:r>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00697B2F">
               <w:t>oes your event hold at least $</w:t>
             </w:r>
             <w:r w:rsidR="00783BA9">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00697B2F">
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> million public liability insurance</w:t>
             </w:r>
             <w:r w:rsidR="00F84E8A">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="000729AF" w:rsidRDefault="00171CD5" w:rsidP="00FE7B73">
+          <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="000729AF" w:rsidRDefault="009952E1" w:rsidP="00FE7B73">
             <w:r>
               <w:pict w14:anchorId="6E4A7584">
-                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId20" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="398B3886">
-                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="00D054D2" w:rsidRDefault="00D054D2"/>
     <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="00D054D2" w:rsidRDefault="00D054D2">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="00F37786" w:rsidRDefault="00F37786"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="3006"/>
@@ -4708,85 +4618,85 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F6A9F">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F6A9F">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="009B2079" w:rsidRDefault="009B2079"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7720"/>
-        <w:gridCol w:w="1296"/>
+        <w:gridCol w:w="7708"/>
+        <w:gridCol w:w="1308"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F4B04" w14:paraId="5278D2F2" w14:textId="77777777" w:rsidTr="00AF7E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="626EDEB6" w14:textId="77777777" w:rsidR="006F4B04" w:rsidRDefault="006F4B04" w:rsidP="006F4B04">
             <w:r>
               <w:t xml:space="preserve">Do you intend to engage agents or intermediaries to assist in the delivery of this </w:t>
             </w:r>
             <w:r w:rsidR="00F22CFE">
               <w:t>project</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="006F4B04" w:rsidRDefault="00171CD5" w:rsidP="006F4B04">
+          <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="006F4B04" w:rsidRDefault="009952E1" w:rsidP="006F4B04">
             <w:r>
               <w:pict w14:anchorId="7A83C9B1">
-                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:pict w14:anchorId="2CDD7F71">
-                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:54pt;height:18pt">
+                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:54.75pt;height:18.75pt">
                   <v:imagedata r:id="rId23" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F4B04" w14:paraId="17104C7F" w14:textId="77777777" w:rsidTr="0060084F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D6D4D33" w14:textId="77777777" w:rsidR="006F4B04" w:rsidRDefault="006F4B04" w:rsidP="006F4B04">
             <w:r>
               <w:t>If yes, please provide details of the agent or intermediary and the services they will provide.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F4B04" w14:paraId="230775EF" w14:textId="77777777" w:rsidTr="0060084F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -6895,72 +6805,63 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6A4A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Funds requested from </w:t>
             </w:r>
             <w:r w:rsidR="003F0319" w:rsidRPr="00DF6A4A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Shire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09890054" w14:textId="77777777" w:rsidR="00A419A1" w:rsidRPr="00DF6A4A" w:rsidRDefault="00A419A1" w:rsidP="003F0319">
             <w:pPr>
               <w:pStyle w:val="FieldText"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DF6A4A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00A020B7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-              <w:t>including GST)</w:t>
+              <w:t xml:space="preserve"> (including GST)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ED4471C" w14:textId="77777777" w:rsidR="00D36214" w:rsidRPr="00DF6A4A" w:rsidRDefault="00D36214">
             <w:pPr>
               <w:pStyle w:val="FieldText"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6A4A">
               <w:rPr>
@@ -12425,138 +12326,138 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6833"/>
         <w:gridCol w:w="2376"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D36214" w14:paraId="5C19D314" w14:textId="77777777" w:rsidTr="001F49AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17680A2E" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00D36214">
             <w:r>
               <w:t>ABN attached</w:t>
             </w:r>
             <w:r w:rsidR="001F49AF">
               <w:t xml:space="preserve"> (if applicable)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00171CD5">
+          <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="009952E1">
             <w:r>
               <w:pict w14:anchorId="71BB9DE3">
-                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:108pt;height:18pt">
+                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:108pt;height:18.75pt">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D36214" w14:paraId="44829A46" w14:textId="77777777" w:rsidTr="001F49AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="496549A0" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00D36214">
             <w:r>
               <w:t>Copy public liability insurance attached</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="769D0D3C" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00171CD5">
+          <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="009952E1">
             <w:r>
               <w:pict w14:anchorId="654D6404">
-                <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:108pt;height:18pt">
+                <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:108pt;height:18.75pt">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D36214" w14:paraId="50C6504E" w14:textId="77777777" w:rsidTr="001F49AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="006EE472" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="001F49AF">
             <w:r>
               <w:t>Project</w:t>
             </w:r>
             <w:r w:rsidR="00D36214">
               <w:t xml:space="preserve"> budget completed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1231BE67" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FEB5B0" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00171CD5">
+          <w:p w14:paraId="36FEB5B0" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="009952E1">
             <w:r>
               <w:pict w14:anchorId="55BE8CD7">
-                <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:108pt;height:18pt">
+                <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:108pt;height:18.75pt">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D36214" w14:paraId="5F94797C" w14:textId="77777777" w:rsidTr="001F49AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53380667" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00D36214">
             <w:r>
               <w:t>Application to be submitted in WORD or PDF format only</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30D7AA69" w14:textId="77777777" w:rsidR="00AF7E7C" w:rsidRDefault="00AF7E7C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7196D064" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="00171CD5">
+          <w:p w14:paraId="7196D064" w14:textId="77777777" w:rsidR="00D36214" w:rsidRDefault="009952E1">
             <w:r>
               <w:pict w14:anchorId="1E5F524D">
-                <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:108pt;height:18pt">
+                <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:108pt;height:18.75pt">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34FF1C98" w14:textId="77777777" w:rsidR="00190EB3" w:rsidRDefault="00190EB3"/>
     <w:p w14:paraId="00807EE4" w14:textId="77777777" w:rsidR="00416F91" w:rsidRPr="00B60D2D" w:rsidRDefault="0025717C" w:rsidP="0025717C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc527705309"/>
       <w:bookmarkStart w:id="31" w:name="_Toc61422955"/>
       <w:r>
         <w:t>Section 8: Declaration</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="0D6FB33B" w14:textId="77777777" w:rsidR="00A419A1" w:rsidRDefault="00A419A1" w:rsidP="00A419A1">
       <w:r>
         <w:t>I, the undersigned, being the</w:t>
       </w:r>
@@ -12753,108 +12654,94 @@
         <w:sdtPr>
           <w:id w:val="1574305416"/>
           <w:placeholder>
             <w:docPart w:val="C4D1AA95E10E4D97BB7750241212AA7A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="d/MM/yyyy"/>
             <w:lid w:val="en-AU"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CF6036" w:rsidRPr="00854321">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="00B60D2D" w:rsidRDefault="00B60D2D"/>
-    <w:p w14:paraId="19C4A5C4" w14:textId="77777777" w:rsidR="009B2079" w:rsidRDefault="000A3706">
+    <w:p w14:paraId="19C4A5C4" w14:textId="64BC7D57" w:rsidR="009B2079" w:rsidRDefault="000A3706">
       <w:r>
-        <w:t>Completed applications should be mailed or submitted in person to:</w:t>
+        <w:t xml:space="preserve">Completed applications </w:t>
+      </w:r>
+      <w:r w:rsidR="007D6C45">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:r w:rsidR="007D6C45">
+        <w:t xml:space="preserve">submitted via email to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FCCE679" w14:textId="77777777" w:rsidR="000A3706" w:rsidRDefault="000A3706" w:rsidP="000A3706">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Shire of Exmouth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27222A7D" w14:textId="77777777" w:rsidR="000A3706" w:rsidRDefault="000A3706" w:rsidP="000A3706">
+    <w:p w14:paraId="2B113E53" w14:textId="6BBB410F" w:rsidR="000A3706" w:rsidRDefault="007D6C45" w:rsidP="000A3706">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Community and Sporting Grants Program</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Electronic submissions should be emailed to </w:t>
+        <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="009144F1" w:rsidRPr="009144F1">
+        <w:r w:rsidRPr="009144F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>info@exmouth.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="55C7C41C" w14:textId="0332D0B4" w:rsidR="007D6C45" w:rsidRDefault="007D6C45" w:rsidP="007D6C45">
       <w:r>
-        <w:t xml:space="preserve"> with subject line: Community and Sporting Grants Program.</w:t>
+        <w:t>Subject line: Community and Sporting Grants Program.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5FB83FAE" w14:textId="4F7D367F" w:rsidR="0025717C" w:rsidRDefault="0025717C"/>
     <w:sectPr w:rsidR="0025717C">
       <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidR="00AB76ED" w:rsidRDefault="00AB76ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="00AB76ED" w:rsidRDefault="00AB76ED">
@@ -14808,133 +14695,139 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2szQ2MDYwMDI2MzM0MbdU0lEKTi0uzszPAykwrAUA/efGKSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="009B2079"/>
     <w:rsid w:val="000023D3"/>
     <w:rsid w:val="00040F22"/>
     <w:rsid w:val="000729AF"/>
     <w:rsid w:val="000A3706"/>
     <w:rsid w:val="000C6FC4"/>
     <w:rsid w:val="001043B1"/>
     <w:rsid w:val="001348BB"/>
     <w:rsid w:val="00190EB3"/>
     <w:rsid w:val="001D4568"/>
+    <w:rsid w:val="001D6022"/>
     <w:rsid w:val="001E3E8C"/>
     <w:rsid w:val="001F49AF"/>
     <w:rsid w:val="002059AC"/>
     <w:rsid w:val="002344A4"/>
     <w:rsid w:val="0025701F"/>
     <w:rsid w:val="0025717C"/>
     <w:rsid w:val="002700B5"/>
     <w:rsid w:val="002842B5"/>
     <w:rsid w:val="002E6CB3"/>
     <w:rsid w:val="00341810"/>
     <w:rsid w:val="0035724E"/>
     <w:rsid w:val="00391E7F"/>
     <w:rsid w:val="003F0319"/>
     <w:rsid w:val="00416F91"/>
     <w:rsid w:val="0043091A"/>
     <w:rsid w:val="00471F09"/>
+    <w:rsid w:val="00491229"/>
     <w:rsid w:val="00532316"/>
+    <w:rsid w:val="00533F91"/>
+    <w:rsid w:val="00535447"/>
     <w:rsid w:val="00562437"/>
     <w:rsid w:val="005A7778"/>
     <w:rsid w:val="005C3C20"/>
     <w:rsid w:val="0060084F"/>
     <w:rsid w:val="00610D77"/>
     <w:rsid w:val="0063441E"/>
     <w:rsid w:val="00647285"/>
     <w:rsid w:val="00653DE4"/>
     <w:rsid w:val="00697B2F"/>
     <w:rsid w:val="006E3B83"/>
     <w:rsid w:val="006F4B04"/>
     <w:rsid w:val="006F536C"/>
     <w:rsid w:val="007037AA"/>
     <w:rsid w:val="007109AE"/>
     <w:rsid w:val="007703C8"/>
     <w:rsid w:val="00782753"/>
     <w:rsid w:val="00783BA9"/>
+    <w:rsid w:val="007D6C45"/>
     <w:rsid w:val="00833D57"/>
     <w:rsid w:val="008435A5"/>
     <w:rsid w:val="00881E3D"/>
     <w:rsid w:val="008A5FC7"/>
     <w:rsid w:val="008C3A0C"/>
     <w:rsid w:val="008E56F0"/>
     <w:rsid w:val="009144F1"/>
     <w:rsid w:val="00943C9A"/>
     <w:rsid w:val="00972F08"/>
     <w:rsid w:val="009869C7"/>
     <w:rsid w:val="00991E07"/>
+    <w:rsid w:val="009952E1"/>
     <w:rsid w:val="00997F48"/>
     <w:rsid w:val="009B2079"/>
     <w:rsid w:val="009C117F"/>
     <w:rsid w:val="009E459B"/>
     <w:rsid w:val="009F4DE9"/>
     <w:rsid w:val="00A006C3"/>
     <w:rsid w:val="00A020B7"/>
     <w:rsid w:val="00A419A1"/>
     <w:rsid w:val="00A51065"/>
     <w:rsid w:val="00A53C13"/>
     <w:rsid w:val="00AB76ED"/>
     <w:rsid w:val="00AF506A"/>
     <w:rsid w:val="00AF7E7C"/>
     <w:rsid w:val="00B02B8B"/>
     <w:rsid w:val="00B03AC9"/>
     <w:rsid w:val="00B153C2"/>
     <w:rsid w:val="00B23D73"/>
     <w:rsid w:val="00B607B0"/>
     <w:rsid w:val="00B60D2D"/>
     <w:rsid w:val="00B705B0"/>
     <w:rsid w:val="00C31767"/>
     <w:rsid w:val="00C41985"/>
     <w:rsid w:val="00C975CE"/>
     <w:rsid w:val="00CB718F"/>
     <w:rsid w:val="00CF6036"/>
@@ -14969,51 +14862,51 @@
     <w:rsid w:val="06106B0A"/>
     <w:rsid w:val="36DC41D6"/>
     <w:rsid w:val="37B4276E"/>
     <w:rsid w:val="48AD037B"/>
     <w:rsid w:val="5D80D6C1"/>
     <w:rsid w:val="62831EDC"/>
     <w:rsid w:val="6D65FD36"/>
     <w:rsid w:val="76FB6F06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A0663D2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{37C81A58-26E7-42C0-B45A-5DCCA88BED8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -16005,50 +15898,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D062AF"/>
     <w:rsid w:val="00272F7A"/>
     <w:rsid w:val="004A2A1A"/>
+    <w:rsid w:val="00533F91"/>
     <w:rsid w:val="00B23D73"/>
     <w:rsid w:val="00B538A0"/>
     <w:rsid w:val="00CD39F7"/>
     <w:rsid w:val="00D062AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -16767,55 +16661,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04FE185B-F25C-421C-93F2-EA1EEC485639}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1836</Words>
-  <Characters>10469</Characters>
+  <Words>1817</Words>
+  <Characters>10363</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
+  <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12281</CharactersWithSpaces>
+  <CharactersWithSpaces>12156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amanda Fuery</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>